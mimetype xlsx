--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -51,285 +51,285 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_0050001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_0050001.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado ao prefeito a colocação de um redutor de velocidade (quebra-mola), na rua Pedro Valadares 263.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Neemias Motorista</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_0110001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_0110001.pdf</t>
   </si>
   <si>
     <t>Requer construção de pista de caminhada junto a rodovia LMG 628.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/350/portaria_n001_de_02_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/350/portaria_n001_de_02_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da senhora Lêda Lourenço Braga ao cargo de secretária executiva e dá outras providências.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/353/portaria_n002_de_02_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/353/portaria_n002_de_02_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da senhora Eliene Mendes Viana, para o cargo de secretária controle interno.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/355/portaria_n003_de_02_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/355/portaria_n003_de_02_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Concede ponto facultativo aos servidores da Câmara Municipal de Uruana de Minas, estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/360/portaria_n004_de_06_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/360/portaria_n004_de_06_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os gestores da conta bancária da Câmara Municipal de Uruana de Minas - MG, e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/363/portaria_n005_de_06_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/363/portaria_n005_de_06_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara de Uruana de Minas, durante o período de 06.01.2020 a 31.01.2020.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/365/portaria_n006_de_08_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/365/portaria_n006_de_08_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Designa a servidora Lêda Lourenço Braga como responsável pela Câmara Municipal de Uruana de Minas.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/369/portaria_n007_de_31_de_janeiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/369/portaria_n007_de_31_de_janeiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração da servidora Eliene Mendes Viana do cargo de secretária de controle interno e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/371/portaria_n009_de_03_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/371/portaria_n009_de_03_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Sr. Eliene Mendes Viana, para ocupar o cargo de chefe do serviço de assuntos legislativos e dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/374/portaria_n009_de_03_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/374/portaria_n009_de_03_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da servidora Renata Souza Damacena ao cargo de secretário de controle interno.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/377/portaria_n010_de_03_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/377/portaria_n010_de_03_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da senhorita Míria Gomes Barbosa para ocupar o cargo comissionado de chefe de gabinete da presidência e dá outras providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/380/portaria_n011_de_03_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/380/portaria_n011_de_03_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da servidora Maria Evanuza Ribeiro dos Santos ao cargo de chefe do Serviço de Administração e Finanças e dá outras providências.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/384/portaria_n012_de_03_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/384/portaria_n012_de_03_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Uruana de Minas, durante o período de 03-02-2020 à 31-12-2020.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/387/portaria_n013_de_20_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/387/portaria_n013_de_20_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Estabelece ponto facultativo no âmbito da Câmara Municipal de Uruana de Minas-MG.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/390/portaria_n014_de_20_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/390/portaria_n014_de_20_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Altera a data de realização de reunião ordinária em razão de feriado.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/392/portaria_n015_de_20_de_fevereiro_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/392/portaria_n015_de_20_de_fevereiro_de_2020..pdf</t>
   </si>
   <si>
     <t>Concede o terceiro adicional de tempo de serviço-quinquênio-a- Servidora Lêda Lourenço Braga.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/394/portaria_n016_de_18_de_marco_de_2020..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/394/portaria_n016_de_18_de_marco_de_2020..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Uruana de Minas em razão da pandemia provocada pela disseminação de coronavírus.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Gilsão Fernandes</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/297/indicacao_020001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/297/indicacao_020001.pdf</t>
   </si>
   <si>
     <t>1) Requer sejam apresentados valores gastos na aquisição de dois ônibus escolares;</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/296/indicacao_030001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/296/indicacao_030001.pdf</t>
   </si>
   <si>
     <t>Requer do prefeito quais são os patrimônios do município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -636,68 +636,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_0050001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_0110001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/350/portaria_n001_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/353/portaria_n002_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/355/portaria_n003_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/360/portaria_n004_de_06_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/363/portaria_n005_de_06_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/365/portaria_n006_de_08_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/369/portaria_n007_de_31_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/371/portaria_n009_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/374/portaria_n009_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/377/portaria_n010_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/380/portaria_n011_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/384/portaria_n012_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/387/portaria_n013_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/390/portaria_n014_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/392/portaria_n015_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/394/portaria_n016_de_18_de_marco_de_2020..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/297/indicacao_020001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/296/indicacao_030001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/298/indicacao_0050001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/295/indicacao_0110001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/350/portaria_n001_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/353/portaria_n002_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/355/portaria_n003_de_02_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/360/portaria_n004_de_06_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/363/portaria_n005_de_06_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/365/portaria_n006_de_08_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/369/portaria_n007_de_31_de_janeiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/371/portaria_n009_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/374/portaria_n009_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/377/portaria_n010_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/380/portaria_n011_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/384/portaria_n012_de_03_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/387/portaria_n013_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/390/portaria_n014_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/392/portaria_n015_de_20_de_fevereiro_de_2020..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/394/portaria_n016_de_18_de_marco_de_2020..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/297/indicacao_020001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2020/296/indicacao_030001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="140" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>