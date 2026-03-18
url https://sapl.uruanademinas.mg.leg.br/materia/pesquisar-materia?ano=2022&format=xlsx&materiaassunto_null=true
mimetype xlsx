--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -51,300 +51,300 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/337/portaria_n019_de_06_de_abril_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/337/portaria_n019_de_06_de_abril_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de Tassiany Teixeira de Almeida como pegoeira e dá outras providências.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/338/portaria_n020_de_19_de_abril_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/338/portaria_n020_de_19_de_abril_de_2022..pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Uruana de Minas - MG, data que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/339/portaria_n021_de_27_de_abril_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/339/portaria_n021_de_27_de_abril_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Uruana de Minas, durante o período de 27.04.2022 a 31.12.2022.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/340/portaria_n022_de_01_de_junho_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/340/portaria_n022_de_01_de_junho_de_2022..pdf</t>
   </si>
   <si>
     <t>Nomeia os membros para comissão de inventário, levantamento e avaliação patrimonial de bens móveis, imóveis, úteis e inservíveis da Câmara Municipal de Uruana de Minas/MG.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/341/portaria_n023_de_15_de_junho_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/341/portaria_n023_de_15_de_junho_de_2022..pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Uruana de Minas, data que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/342/portaria_n024_de_20_de_junho_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/342/portaria_n024_de_20_de_junho_de_2022..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização para servidor conduzir veículo oficial."</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/395/portaria_025_de_19-09-2022.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/395/portaria_025_de_19-09-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre homologação do concurso publico da Câmara Municipal de Uruana de Minas -  MG.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_decreto_legislativo_n001_de_28_de_marco_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_decreto_legislativo_n001_de_28_de_marco_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Prestação de Contas do Executivo Municipal do Município de Uruana de Minas/MG, relativas ao exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/328/220314231815.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/328/220314231815.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de uruana de minas a adquirir bem imóvel para implantação de unidade de triagem e compostagem</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/327/220321221839.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/327/220321221839.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no orçamento financeiro de 2022</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/326/220321222234.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/326/220321222234.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de açao nos anexos da lei municipal 588/2021, de 09 de novembro de 2021.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/325/220321222512.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/325/220321222512.pdf</t>
   </si>
   <si>
     <t>Autoriza a destinação de recursos públicos a favor da associação dos estudantes universitários de uruana de minas.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/324/220321222757.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/324/220321222757.pdf</t>
   </si>
   <si>
     <t>Altera os vencimentos do cargo de secretário executivo, secretário de controle interno, chefe de serviço de assuntos legislativos, chefe do serviço de administração e finanças e chefe de gabinete da presidência da câmara municipal de uruana de minas e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Concede aumento salarial em igual índice a todos os servidores públicos efetivos da câmara</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_n_007_de_05_de_abril_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_n_007_de_05_de_abril_de_2022..pdf</t>
   </si>
   <si>
     <t>Institui o programa agro legal no município de Uruana de Minas que incentiva e apoia o pequeno produtor rural e similares, autoriza a prestação de serviços rurais e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/348/prpjeto_de_lei_n012_de_05_de_abril_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/348/prpjeto_de_lei_n012_de_05_de_abril_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reposição dos Subsídios dos Agentes Políticos do Poder Executivo e do Poder Legislativo do Município de Uruana de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>"Cria o programa IPTU verde e autoriza a concessão de desconto no imposto predial e territorial urbano - IPTU como incentivo ao uso de tecnologias ambientais sustentáveis."</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n015_de_15_de_junho_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n015_de_15_de_junho_de_2022..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no orçamento do exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n16_de_2022.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n16_de_2022.pdf</t>
   </si>
   <si>
     <t>autoriza concessão de contribuição financeira</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n17_de_2022.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n17_de_2022.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a obrigatoriedade de expedição de receituários médicos e odontológicos digitados.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_resolucao_n001_de_20_de_maio_de_2022..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_resolucao_n001_de_20_de_maio_de_2022..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da procuradoria da mulher no âmbito da Câmara Municipal de Uruana de Minas.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>Acrescenta dispositivos na Resolução nº 037, de 18 de maio de 2005, que contém o Regimento Interno da Câmara Municipal de Uruana de Minas e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Acrescenta dispositivos na Lei Orgânica do Município de Uruana de Minas/MG para instituir o Orçamento Impositivo decorrente da obrigatoriedade da execução orçamentária e financeira de programações que especiífica.</t>
   </si>
 </sst>
 </file>
@@ -670,68 +670,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/337/portaria_n019_de_06_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/338/portaria_n020_de_19_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/339/portaria_n021_de_27_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/340/portaria_n022_de_01_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/341/portaria_n023_de_15_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/342/portaria_n024_de_20_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/395/portaria_025_de_19-09-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_decreto_legislativo_n001_de_28_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/328/220314231815.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/327/220321221839.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/326/220321222234.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/325/220321222512.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/324/220321222757.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_n_007_de_05_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/348/prpjeto_de_lei_n012_de_05_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n015_de_15_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n16_de_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n17_de_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_resolucao_n001_de_20_de_maio_de_2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/337/portaria_n019_de_06_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/338/portaria_n020_de_19_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/339/portaria_n021_de_27_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/340/portaria_n022_de_01_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/341/portaria_n023_de_15_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/342/portaria_n024_de_20_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/395/portaria_025_de_19-09-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/347/projeto_decreto_legislativo_n001_de_28_de_marco_de_2022..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/328/220314231815.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/327/220321221839.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/326/220321222234.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/325/220321222512.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/324/220321222757.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/343/projeto_de_lei_n_007_de_05_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/348/prpjeto_de_lei_n012_de_05_de_abril_de_2022..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/345/projeto_de_lei_n015_de_15_de_junho_de_2022..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/400/projeto_de_lei_n16_de_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/401/projeto_de_lei_n17_de_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2022/346/projeto_de_resolucao_n001_de_20_de_maio_de_2022..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="245.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>