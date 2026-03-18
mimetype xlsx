--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -51,578 +51,578 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n001_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n001_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal que reivindique junto ao órgão competente a instalação de 01 (um) poste de energia na rua Aguiar, nº 181</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n002_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n002_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal os reparos da iluminação da praça da Bíblia no município de Uruana de Minas.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n003_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n003_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal que seja feito um quebra mola na rua Vicente Alves</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n004_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n004_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal que seja feita a limpeza das barraginhas dos produtores rurais dos Assentamentos Elias Alves Cambaúa e Oziel Alves I e II.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n011_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n011_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal um tratos com carreta para a Associação João Hemídio do Assentamento Carlos Lamarca</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n012_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n012_de_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja solicitado a Senhora Prefeita Municipal que seja feito os reparos necessários na iluminação pública do Distrito do Cercado.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n013_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n013_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitado a Senhora Prefeita Municipal a adesão ao Programa Nacional de Segurança nas Escolas Chamada Pública, pelo qual serão destinados recursos para o financiamento de projetos estaduais e municipais relacionados ao fortalecimento, ao aprimoramento ou à institucionalização de rondas especializadas ou outras ações no enfrentamento e na prevenção de crimes no contexto escolar e no seu entorno, no âmbito da Política Nacional de Segurança Pública - Sistema Único de Segurança Pública - Fundo Nacional de Segurança Pública, conforme termos definidos neste instrumento.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/444/indicacao_n014_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/444/indicacao_n014_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitado a Senhora Prefeita Municipal a iluminação pública no final da Rua Urucuia, nº 486, na Cidade de Uruana de Minas - MG.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/445/indicacao_n015_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/445/indicacao_n015_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitado a Senhora Prefeita Municipal a iluminação pública no final da Rua Tomé Alves da Rocha, nº_x000D_
 106, Bairro São Sebastião, na Cidade de Uruana de Minas - MG.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_n017_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_n017_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitada a Senhora Prefeita Municipal que seja instalado ar condicionado na sala dos agentes de saúde, que fica localizada no prédio do PSF (Programa Saúde da Familia) do nosso município.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n018_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n018_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitado a Senhora Prefeita Municipal a construção de um cômodo na ETA - Estação de Tratamento de Água para os servidores.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n019_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n019_de_2023.pdf</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitado a Senhora Prefeita Municipal o asfaltamento da Rua Antônio F. Evangelista Estrela, rua esta que fica entre a Creche Municipal Gustavo Campos e a Escola Estadual Darci Ribeiro.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>REQUERER, que seja solicitada a nhora Prefeita Municipal que seja instalado toldos nas janelas do Centro Municipal de Saúde.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/420/portaria_n013-1.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/420/portaria_n013-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento da Câmara Municipal de Uruana de Minas - MG durante o período 17/07/2023 a 31/12/2023.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/418/portaria_n014-1.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/418/portaria_n014-1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ponto facultativo do âmbito da Câmara Municipal de Uruana de Minas - MG que menciona e da outras providencias.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/419/portaria_n015-1.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/419/portaria_n015-1.pdf</t>
   </si>
   <si>
     <t>Declara luto oficial no âmbito da Câmara Municipal de Uruana de Minas - MG</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/429/portaria_n016.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/429/portaria_n016.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/430/portaria_n017.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/430/portaria_n017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre funcionamento da Câmara Municipal de Uruana de Minas.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/431/portaria_n018.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/431/portaria_n018.pdf</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/432/portaria_n019.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/432/portaria_n019.pdf</t>
   </si>
   <si>
     <t>Declara luto oficial</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/428/portaria_n020.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/428/portaria_n020.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da câmara municipal de uruana de minas.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/427/portaria_n_021.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/427/portaria_n_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de Tassiany Texeirs de Almeida como pregoeira e dá outras providencias.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>altera reestruturação de bolsas e remuneração da lei 576/2021</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_n002_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_n002_de_2023.pdf</t>
   </si>
   <si>
     <t>cria coordenadoria municipal de proteção e defesa civil</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_n003_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_n003_de_2023.pdf</t>
   </si>
   <si>
     <t>altera a lei 593/2022</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_n004_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_n004_de_2023.pdf</t>
   </si>
   <si>
     <t>Altera o art 5ª da lei municipal 608 de 20 de dezembro de 2022</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>dispõe sobre abertura de credito adicional R$ 62.589,95</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n06_de_2023..pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n06_de_2023..pdf</t>
   </si>
   <si>
     <t>Altera a lei 469/2015</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_n07.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_n07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de remuneração dos servidores da administração direta do poder executivo.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lie_n08.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lie_n08.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste salarial aos profissionais do magistério do município.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/410/prpjeto_de_lei_n10.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/410/prpjeto_de_lei_n10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição subsídios  dos agentes políticos do poder executivo do município</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n11.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n11.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos membros do poder legislativo do município</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_n12.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_n12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste das diárias concedidas aos vereadores e servidores do poder legislativo do município .</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/405/projeto_de_lei_n013_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/405/projeto_de_lei_n013_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de carro de passageiro para associação arinense de apoio ao paciente com cancêr</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n014.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária de 2024, e da outras providencias.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei_n015_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei_n015_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de credito adicional especial no valor de R$ 33.300,00.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_n016_de_2023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_n016_de_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de credito adicional especial no  orçamento do municipio e da outras providencias.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n017.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n017.pdf</t>
   </si>
   <si>
     <t>Declara como de urbanização especifica, com o objetivo de parcelamento para fins urbanos, o imóvel situado na área rural que menciona e da outras providencias.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n018.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de piso salarial dos agentes comunitários de saúde e dos agentes comunitário de combate as endemias,  e da outras providencias.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n020.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município para o exercício de 2024.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n021.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de valores das ações válidas para 2024, nos anexos da Lei Municipal 588/2021, e contem outras providencias.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n022.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de credito adicional especial</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n023.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da assistência financeira</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n024.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n024.pdf</t>
   </si>
   <si>
     <t>Institui o conselho municipal de desenvolvimento econômico - CMDE</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n025.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n025.pdf</t>
   </si>
   <si>
     <t>Institui,  no âmbito do municipio de uruana de minas, a gratificação de incentivo aos indicadores de desempenho da saúde bucal, e da outras providencias.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n026.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n026.pdf</t>
   </si>
   <si>
     <t>Institui o fundo municipal de desenvolvimento econômico - FUNDE,  e da outras providencias.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n027.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n027.pdf</t>
   </si>
   <si>
     <t>Denomina nome do Prédio Público da secretaria municipal da educação na sede do município de uruana de minas de maria da abadia fonseca de souza.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n028.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e alteração dos cargos e salários de provimentos efetivo e em comissão da lei nº 596/2022, do poder executivo do municipio de uruana de minas.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Concede revisão geral anual em igual índice a todos os Servidores Públicos da Câmara Municipal de Uruana de Minas - MG e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_resolucao_n002.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_resolucao_n002.pdf</t>
   </si>
   <si>
     <t>Cria a "Galeria Lilás" no âmbito da Câmara Municipal de Uruana de minas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -929,68 +929,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/444/indicacao_n014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/445/indicacao_n015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_n017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/420/portaria_n013-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/418/portaria_n014-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/419/portaria_n015-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/429/portaria_n016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/430/portaria_n017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/431/portaria_n018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/432/portaria_n019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/428/portaria_n020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/427/portaria_n_021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_n002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_n003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_n004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n06_de_2023..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_n07.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lie_n08.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/410/prpjeto_de_lei_n10.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_n12.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/405/projeto_de_lei_n013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei_n015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_n016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n027.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n028.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_resolucao_n002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/437/indicacao_n001_de_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/438/indicacao_n002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/439/indicacao_n003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/440/indicacao_n004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/441/indicacao_n011_de_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/442/indicacao_n012_de_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/443/indicacao_n013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/444/indicacao_n014_de_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/445/indicacao_n015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/446/indicacao_n017_de_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/447/indicacao_n018_de_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/449/indicacao_n019_de_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/420/portaria_n013-1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/418/portaria_n014-1.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/419/portaria_n015-1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/429/portaria_n016.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/430/portaria_n017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/431/portaria_n018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/432/portaria_n019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/428/portaria_n020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/427/portaria_n_021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/397/projeto_de_lei_n002_de_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/398/projeto_de_lei_n003_de_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/399/projeto_de_lei_n004_de_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/414/projeto_de_lei_n06_de_2023..pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/408/projeto_de_lei_n07.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/409/projeto_de_lie_n08.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/410/prpjeto_de_lei_n10.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/411/projeto_de_lei_n11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/412/projeto_de_lei_n12.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/405/projeto_de_lei_n013_de_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/417/projeto_de_lei_n014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/406/projeto_de_lei_n015_de_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/407/projeto_de_lei_n016_de_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/415/projeto_de_lei_n017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/416/projeto_de_lei_n018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/426/projeto_de_lei_n020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/433/projeto_de_lei_n021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/434/projeto_de_lei_n022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/435/projeto_de_lei_n023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/436/projeto_de_lei_n024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/425/projeto_de_lei_n025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/424/projeto_de_lei_n026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/423/projeto_de_lei_n027.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/422/projeto_de_lei_n028.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2023/421/projeto_resolucao_n002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>