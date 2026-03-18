--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -10,299 +10,491 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="132">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no001.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve nos termos do art.205 do Regimento Interno vem à_x000D_
+respeitável presença de V. Exa., após ouvindo o Plenário, REQUERER, que seja solicitado ao_x000D_
+Senhor Prefeito Municipal que reivindique junto ao órgão competente a instalação de 01 (um)_x000D_
+Poste de Energia na esquina da Rua Jacinto Aguiar com a Rua Eli Pinto de Carvalho.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_no002.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Solicitação de instalação de dois quebra-molas na Avenida Brasília - Bairro_x000D_
+Primavera.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no003.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve nos termos do art.205 do Regimento Interno vem à_x000D_
+respeitável presença de V. Exa., após ouvindo o Plenário, REQUERER, que seja solicitado ao_x000D_
+Senhor Prefeito Municipal que reivindique junto ao órgão competente o asfaltamento e_x000D_
+instalação de manilhas na Rua Antônio Francisco Evangelista Estrela.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no004.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve nos termos do art.205 do Regimento Interno vem à_x000D_
+respeitável presença de V. Exa., após ouvindo o Plenário, REQUERER, que seja solicitado ao_x000D_
+Senhor Prefeito Municipal que reivindique junto ao órgão competente a instalação de 3 (três) a_x000D_
+4 (quatro) Postes de Energia na estrada rural saída norte pela Avenida Arinos, sentido a_x000D_
+Associação dos Pequenos Produtores Rurais da Região do São Miguel.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no005.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve nos termos do art.205 do Regimento Interno vem à_x000D_
+respeitável presença de V. Exa., após ouvindo o Plenário, REQUERER, que seja solicitado ao_x000D_
+Senhor Prefeito Municipal que reivindique junto ao órgão competente a instalação de bancos_x000D_
+na praça localizada ao lado da sede do SAMU, que dá sentido a Avenida Brasília e a Rua_x000D_
+Manoel Carlos Pereira Mota</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no007.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do art. 205 do Regimento Interno, vem à_x000D_
+respeitável presença de V. Exa., após ouvir o Plenário, REQUERER que seja solicitado ao_x000D_
+Senhor Prefeito Municipal a realização de melhorias urgentes na estrada que liga os municípios_x000D_
+de Uruana de Minas a Arinos, especialmente em um ponto próximo à Fazenda de Vicente_x000D_
+Carreiro.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no008.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do art. 205 do Regimento Interno,_x000D_
+vem à respeitável presença de V. Exa., após ouvir o Plenário, REQUERER que seja solicitada_x000D_
+ao Senhor Prefeito Municipal a disponibilidade do servidor público, ocupante do cargo de_x000D_
+Agente Administrativo, para que seja firmado convênio entre a Prefeitura Municipal de Uruana_x000D_
+de Minas e a Polícia Civil do Estado de Minas Gerais, bem como a Junta de Serviço Militar,_x000D_
+com a finalidade de viabilizar a confecção de Cédulas de Identidade e Certificados de_x000D_
+Alistamento Militar no município de Uruana de Minas/MG.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no009.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do art. 205 do Regimento_x000D_
+Interno, vem à respeitável presença de V. Exa., após ouvir o Plenário, REQUERER que_x000D_
+seja solicitado ao Senhor Prefeito Municipal a instalação de, no mínimo, quatro fogões,_x000D_
+na área de lazer do Rio São Miguel.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no010.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve nos termos do art. 205 do Regimento_x000D_
+Interno (Resolução nº 037/2005) vem à respeitável presença de Vossa Excelência, após_x000D_
+ouvindo o Plenário, REQUERER, que seja solicitado ao Excelentíssimo Senhor Prefeito_x000D_
+Municipal, realização de um estudo de viabilidade com o intuito de aumentar o_x000D_
+vencimento remuneratório dos Conselheiros Tutelares do município de Uruana de_x000D_
+Minas/MG, a fim de seja fixado o vencimento em dois salários mínimos vigente no país.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no011.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do art. 205 do Regimento_x000D_
+Interno, vem à respeitável presença de V. Exa., após ouvir o Plenário, REQUERER que_x000D_
+seja solicitado ao Senhor Prefeito Municipal a instalação de ventiladores na Capela de Velório do Município.</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no012.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, nos termos do art. 205 do Regimento Interno, vem à_x000D_
+respeitável presença de V. Exa., após ouvir o Plenário, REQUERER que seja solicitado ao Senhor_x000D_
+Prefeito Municipal a instalação de lixeiras na Praça do Portal da Cidade.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no014.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, nos termos do art. 205, do Regimento Interno, vêm à_x000D_
+respeitável presença de Vossa Excelência, após ouvido o Plenário, Requerer, que seja_x000D_
+solicitado, ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor de_x000D_
+infraestrutura municipal a viabilidade de estudos e instalação de iluminação pública na Rua Eli_x000D_
+Pinto de Carvalho, trecho entre a Creche Pro-infância Gustavo Campos e Escola Estadual Darci_x000D_
+Ribeiro.</t>
+  </si>
+  <si>
     <t>508</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>13</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>Portaria</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/508/portaria_no013-2025.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/508/portaria_no013-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de servidor para cargo de chefe de gabinete da presidência.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/509/portaria_no014-2025.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/509/portaria_no014-2025.pdf</t>
   </si>
   <si>
     <t>Nomeia os membros ´para comissão de inventário levantamento e avaliação patrimonial de bens móveis imóveis úteis e inserviveis da Câmara municipal de uruana de minas.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/510/portsris_no015-2025.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/510/portsris_no015-2025.pdf</t>
   </si>
   <si>
     <t>Declara ponto facultativo no âmbito da Câmara Municipal de Uruana de Minas.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/511/portaria_no016-2025.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/511/portaria_no016-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para servidor conduzir veículo oficial.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/494/pl_no001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/494/pl_no001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do protocolo de intenções do consórcio intermunicipal</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/495/pl_no002.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/495/pl_no002.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de credito adicional especial ao orçamento vigente</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/496/pl_no003.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/496/pl_no003.pdf</t>
   </si>
   <si>
     <t>Altera o número de vagas do quadro de cargos de provimento efetivo da prefeitura municipal de uruana  de  minas.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/497/pl_no004.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/497/pl_no004.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos profissionais do magistério e dá outras providencias.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/498/pl_n005.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/498/pl_n005.pdf</t>
   </si>
   <si>
     <t>Concede anistia de multas e  juros que especifica  autoriza parcelamento, prorroga e vencimento o imposto sobre serviço  de  qualquer natureza - ISSQN -de autônomos e de alvarás e dá outras providencias.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/505/pl_no_007.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/505/pl_no_007.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei nº 349 de 11 de outubro de 2011</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/504/pl_no008.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/504/pl_no008.pdf</t>
   </si>
   <si>
     <t>Altera o numero de vagas do quadro de cargos de provimento efetivo da prefeitura municipal de Uruana de Minas.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/507/pl_no009-1.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/507/pl_no009-1.pdf</t>
   </si>
   <si>
     <t>Institui o programa de concessão de auxilio financeiro para estudantes da rede municipal de ensino e dá outras providencias.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/506/pl_no010.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/506/pl_no010.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 669 de 6 de março de 2025.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pl_no011.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pl_no011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo realizar pagamento de diárias, gratificação e vantagens a servidores cedidos de outros orgãos.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_no012.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_no012.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial a categoria de servidores efetivos que especifica.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/503/pl_no013.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/503/pl_no013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral de remuneração dos servidores da administração direta do poder executivo do municipio de uruana de minas</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/502/pl_no014.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/502/pl_no014.pdf</t>
   </si>
   <si>
     <t>Prorroga vigencia do prazo estabelecido na lei municipal nº668 de 6 de março de 2025</t>
   </si>
   <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/525/p.l_no015.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes para a elaboração e execução_x000D_
+da Lei Orçamentária Anual - 2026 e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/524/p.l_no016.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Esporte, do Fundo Municipal de Esporte e institui a Conferência Municipal de Esporte.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/526/p.l_no017.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a responsabilidade compartilhada pelo_x000D_
+manejo dos resíduos sólidos urbanos e a taxa de coleta,_x000D_
+transporte, tratamento e destinação final ambientalmente_x000D_
+adequada de resíduos sólidos domiciliares (TRSD), e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
     <t>499</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resulcao_no001.pdf</t>
+    <t>http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resulcao_no001.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual em igual índice a todos os servidores públicos da Câmara Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -609,68 +801,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/508/portaria_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/509/portaria_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/510/portsris_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/511/portaria_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/494/pl_no001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/495/pl_no002.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/496/pl_no003.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/497/pl_no004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/498/pl_n005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/505/pl_no_007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/504/pl_no008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/507/pl_no009-1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/506/pl_no010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pl_no011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_no012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/503/pl_no013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/502/pl_no014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resulcao_no001.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_no001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_no002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_no003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_no004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/516/indicacao_no005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_no007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/518/indicacao_no008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/519/indicacao_no009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/520/indicacao_no010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/521/indicacao_no011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/522/indicacao_no012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_no014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/508/portaria_no013-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/509/portaria_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/510/portsris_no015-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/511/portaria_no016-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/494/pl_no001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/495/pl_no002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/496/pl_no003.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/497/pl_no004.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/498/pl_n005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/505/pl_no_007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/504/pl_no008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/507/pl_no009-1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/506/pl_no010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/501/pl_no011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/500/pl_no012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/503/pl_no013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/502/pl_no014.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/525/p.l_no015.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/524/p.l_no016.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/526/p.l_no017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.uruanademinas.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projeto_de_resulcao_no001.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H19"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="182.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -759,381 +951,741 @@
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="H7" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>58</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
         <v>61</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>62</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H14" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>65</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="D15" t="s">
-[...5 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>69</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>61</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="D16" t="s">
-[...5 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>72</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>73</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>74</v>
       </c>
       <c r="H17" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>76</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>29</v>
+        <v>77</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>78</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D19" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E19" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H19" t="s">
         <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>77</v>
+      </c>
+      <c r="E20" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>93</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>77</v>
+      </c>
+      <c r="E23" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" t="s">
+        <v>78</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H24" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>40</v>
+      </c>
+      <c r="D25" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" t="s">
+        <v>78</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H25" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" t="s">
+        <v>77</v>
+      </c>
+      <c r="E26" t="s">
+        <v>78</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H27" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" t="s">
+        <v>78</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H28" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>60</v>
+      </c>
+      <c r="D29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H29" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" t="s">
+        <v>77</v>
+      </c>
+      <c r="E30" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H30" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" t="s">
+        <v>77</v>
+      </c>
+      <c r="E31" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="H31" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>73</v>
+      </c>
+      <c r="D32" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" t="s">
+        <v>78</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H32" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>123</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>124</v>
+      </c>
+      <c r="D33" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" t="s">
+        <v>78</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H33" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>127</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>128</v>
+      </c>
+      <c r="E34" t="s">
+        <v>129</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H34" t="s">
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>